--- v0 (2025-11-05)
+++ v1 (2026-02-22)
@@ -135,63 +135,63 @@
   <si>
     <t>Property (South Limit Marcher Township)</t>
   </si>
   <si>
     <t>Assaying and Analyses, Manual Labour, Overburden Stripping</t>
   </si>
   <si>
     <t>20000006932</t>
   </si>
   <si>
     <t>2011-2011</t>
   </si>
   <si>
     <t>Assaying and Analyses, Manual Labour</t>
   </si>
   <si>
     <t>31L02SW0001</t>
   </si>
   <si>
     <t>1993-1993</t>
   </si>
   <si>
     <t>Z Mandzuik</t>
   </si>
   <si>
-    <t>Air Photo and Remote Imagery Interpretations, Industrial Mineral Testing and Marketing, Microscopic Studies, Prospecting By  Licence Holder, Regional or Reconnaissance Ground Exploration</t>
+    <t>Air Photo and Remote Imagery Interpretations, Industrial Mineral Testing and Marketing, Microscopic Studies, Prospecting By Licence Holder, Regional or Reconnaissance Ground Exploration</t>
   </si>
   <si>
     <t>31L03SW0001</t>
   </si>
   <si>
     <t>1992-1992</t>
   </si>
   <si>
     <t>J R Trusler</t>
   </si>
   <si>
-    <t>Geological Survey / Mapping, Industrial Mineral Testing and Marketing, Prospecting By  Licence Holder</t>
+    <t>Geological Survey / Mapping, Industrial Mineral Testing and Marketing, Prospecting By Licence Holder</t>
   </si>
   <si>
     <t>31F14NW0003</t>
   </si>
   <si>
     <t>1989-1989</t>
   </si>
   <si>
     <t>Astwood Park Resources Inc</t>
   </si>
   <si>
     <t>Assaying and Analyses, Metallurgical Testing and Bulk Sampling, Overburden Stripping, Self Potential</t>
   </si>
   <si>
     <t>31F14NW0002</t>
   </si>
   <si>
     <t>1988-1988</t>
   </si>
   <si>
     <t>Assaying and Analyses, Geological Survey / Mapping</t>
   </si>
   <si>
     <t>31F14NW0004</t>
   </si>
@@ -381,51 +381,51 @@
   <si>
     <t>1500000</t>
   </si>
   <si>
     <t>P3321</t>
   </si>
   <si>
     <t>1995</t>
   </si>
   <si>
     <t>Known Kimberlites of Eastern Ontario</t>
   </si>
   <si>
     <t>50000</t>
   </si>
   <si>
     <t>P3533</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
     <t>Tectonometamorphic Map of Ontario</t>
   </si>
   <si>
-    <t>500000,500000</t>
+    <t>500000</t>
   </si>
   <si>
     <t>M2190</t>
   </si>
   <si>
     <t>1970</t>
   </si>
   <si>
     <t>Ontario geology and principal minerals</t>
   </si>
   <si>
     <t>4224000</t>
   </si>
   <si>
     <t>M2196</t>
   </si>
   <si>
     <t>1971</t>
   </si>
   <si>
     <t>Ontario geological map, explanatory text, legend, diagrams, title, scale</t>
   </si>
   <si>
     <t>M1927A</t>
   </si>