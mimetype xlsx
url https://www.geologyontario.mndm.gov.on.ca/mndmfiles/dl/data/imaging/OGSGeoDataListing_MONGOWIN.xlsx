--- v0 (2025-10-26)
+++ v1 (2026-03-06)
@@ -165,99 +165,99 @@
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Company</t>
   </si>
   <si>
     <t>Property</t>
   </si>
   <si>
     <t>Work Type</t>
   </si>
   <si>
     <t>20000021488</t>
   </si>
   <si>
     <t>2023-2023</t>
   </si>
   <si>
     <t>McFarlane Lake Mining Inc</t>
   </si>
   <si>
     <t>McMillan Property</t>
   </si>
   <si>
-    <t>Assaying and Analyses, Prospecting By  Licence Holder, Rock Sampling</t>
+    <t>Assaying and Analyses, Prospecting By Licence Holder, Rock Sampling</t>
   </si>
   <si>
     <t>20000022481</t>
   </si>
   <si>
     <t>2023-2024</t>
   </si>
   <si>
     <t>Induced Polarization, Linecutting</t>
   </si>
   <si>
     <t>20000020952</t>
   </si>
   <si>
     <t>2022-2023</t>
   </si>
   <si>
     <t>McFarlane Lake Mining Ltd</t>
   </si>
   <si>
     <t>McMillan / Mongowin Projectt</t>
   </si>
   <si>
-    <t>Assaying and Analyses, Prospecting By  Licence Holder</t>
+    <t>Assaying and Analyses, Prospecting By Licence Holder</t>
   </si>
   <si>
     <t>20000018394</t>
   </si>
   <si>
     <t>2020-2020</t>
   </si>
   <si>
     <t>9649355 Canada Corp</t>
   </si>
   <si>
     <t>McMillan East Property</t>
   </si>
   <si>
-    <t>Prospecting By  Licence Holder, Rock Sampling</t>
+    <t>Prospecting By Licence Holder, Rock Sampling</t>
   </si>
   <si>
     <t>20000020420</t>
   </si>
   <si>
     <t>Mongowin Property</t>
   </si>
   <si>
-    <t>Geological Survey / Mapping, Prospecting By  Licence Holder, Rock Sampling</t>
+    <t>Geological Survey / Mapping, Prospecting By Licence Holder, Rock Sampling</t>
   </si>
   <si>
     <t>20000019750</t>
   </si>
   <si>
     <t>2019-2021</t>
   </si>
   <si>
     <t>Jean Paul Vienneau</t>
   </si>
   <si>
     <t>Shear Luck</t>
   </si>
   <si>
     <t>20000007847</t>
   </si>
   <si>
     <t>2012-2012</t>
   </si>
   <si>
     <t>Canadian Star Minerals Ltd</t>
   </si>
   <si>
     <t>McKinnon and Mongowin Township Property</t>
   </si>
@@ -291,69 +291,69 @@
   <si>
     <t>2004-2004</t>
   </si>
   <si>
     <t>Romios Gold Resources Inc</t>
   </si>
   <si>
     <t>Airborne Electromagnetic, Airborne Magnetometer</t>
   </si>
   <si>
     <t>20000001876</t>
   </si>
   <si>
     <t>Airborne Electromagnetic Very Low Frequency, Airborne Magnetometer, Electromagnetic, Induced Polarization, Magnetic / Magnetometer Survey</t>
   </si>
   <si>
     <t>41I04NE2013</t>
   </si>
   <si>
     <t>Edward James Stringer</t>
   </si>
   <si>
     <t>Fox Lake</t>
   </si>
   <si>
-    <t>Assaying and Analyses, Overburden Stripping, Prospecting By  Licence Holder</t>
+    <t>Assaying and Analyses, Overburden Stripping, Prospecting By Licence Holder</t>
   </si>
   <si>
     <t>41I04NW2008</t>
   </si>
   <si>
     <t>MBMI Resources Inc</t>
   </si>
   <si>
     <t>Assaying and Analyses, Diamond Drilling</t>
   </si>
   <si>
     <t>41I04NE2009</t>
   </si>
   <si>
     <t>2002-2002</t>
   </si>
   <si>
-    <t>Overburden Stripping, Prospecting By  Licence Holder</t>
+    <t>Overburden Stripping, Prospecting By Licence Holder</t>
   </si>
   <si>
     <t>41I04NW2004</t>
   </si>
   <si>
     <t>2001-2001</t>
   </si>
   <si>
     <t>Garson Resources Ltd</t>
   </si>
   <si>
     <t>Diamond Drilling</t>
   </si>
   <si>
     <t>41I04NW2002</t>
   </si>
   <si>
     <t>1999-1999</t>
   </si>
   <si>
     <t>41I04NW2003</t>
   </si>
   <si>
     <t>41I04NW2001</t>
   </si>
@@ -375,51 +375,51 @@
   <si>
     <t>41I04NW0059</t>
   </si>
   <si>
     <t>Electromagnetic, Open Cutting</t>
   </si>
   <si>
     <t>41I04NW0033</t>
   </si>
   <si>
     <t>1994-1994</t>
   </si>
   <si>
     <t>E Stringer</t>
   </si>
   <si>
     <t>Geochemical, Geological Survey / Mapping</t>
   </si>
   <si>
     <t>41I04NW0027</t>
   </si>
   <si>
     <t>1993-1993</t>
   </si>
   <si>
-    <t>Geological Survey / Mapping, Open Cutting, Prospecting By  Licence Holder</t>
+    <t>Geological Survey / Mapping, Open Cutting, Prospecting By Licence Holder</t>
   </si>
   <si>
     <t>41I04NW0011</t>
   </si>
   <si>
     <t>1990-1990</t>
   </si>
   <si>
     <t>Rainbow Explorations Corp</t>
   </si>
   <si>
     <t>41I04NW0007</t>
   </si>
   <si>
     <t>1988-1988</t>
   </si>
   <si>
     <t>Hardiman Bay Resources Inc</t>
   </si>
   <si>
     <t>Bedrock Trenching, Geochemical, Geological Survey / Mapping</t>
   </si>
   <si>
     <t>41I04NW0008</t>
   </si>
@@ -729,68 +729,68 @@
   <si>
     <t>1953-1953</t>
   </si>
   <si>
     <t>Ontario Nickel Mines</t>
   </si>
   <si>
     <t>Diamond Drilling, Magnetic / Magnetometer Survey</t>
   </si>
   <si>
     <t>41I04NE0288</t>
   </si>
   <si>
     <t>1948-1948</t>
   </si>
   <si>
     <t>P R Jarvis</t>
   </si>
   <si>
     <t>Drill Hole Count</t>
   </si>
   <si>
     <t>Elements</t>
   </si>
   <si>
+    <t>Falconbridge Nickel Mines Ltd, Huron Nickel Basin Mining</t>
+  </si>
+  <si>
+    <t>Dayjon Explorers</t>
+  </si>
+  <si>
+    <t>Accra Expl Ltd</t>
+  </si>
+  <si>
+    <t>Garson Resc Ltd</t>
+  </si>
+  <si>
+    <t>Mbmi Resc Inc</t>
+  </si>
+  <si>
     <t>Htx Mineral Corp	, Htx Mineral Corp</t>
   </si>
   <si>
-    <t>Garson Resc Ltd</t>
-[...13 lines deleted...]
-  <si>
     <t>Publication</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Scale</t>
   </si>
   <si>
     <t>OFR5327</t>
   </si>
   <si>
     <t>1982</t>
   </si>
   <si>
     <t>Mineral potential map of Ontario, east central sheet, districts of Thunder Bay, Algoma, Cochrane, Sudbury, Timiskaming and Nipissing</t>
   </si>
   <si>
     <t>1013760</t>
   </si>
   <si>
     <t>P1705</t>
   </si>
   <si>
     <t>1978</t>
@@ -1038,51 +1038,51 @@
   <si>
     <t>1500000</t>
   </si>
   <si>
     <t>P3321</t>
   </si>
   <si>
     <t>1995</t>
   </si>
   <si>
     <t>Known Kimberlites of Eastern Ontario</t>
   </si>
   <si>
     <t>50000</t>
   </si>
   <si>
     <t>P3533</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
     <t>Tectonometamorphic Map of Ontario</t>
   </si>
   <si>
-    <t>500000,500000</t>
+    <t>500000</t>
   </si>
   <si>
     <t>M2190</t>
   </si>
   <si>
     <t>1970</t>
   </si>
   <si>
     <t>Ontario geology and principal minerals</t>
   </si>
   <si>
     <t>4224000</t>
   </si>
   <si>
     <t>M2196</t>
   </si>
   <si>
     <t>1971</t>
   </si>
   <si>
     <t>Ontario geological map, explanatory text, legend, diagrams, title, scale</t>
   </si>
   <si>
     <t>M1927A</t>
   </si>
@@ -2918,51 +2918,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?mineral-inventory=MDI41I04NW00031" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?mineral-inventory=MDI41I04NE00015" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?mineral-inventory=MDI41I04NE00033" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?mineral-inventory=MDI41I04NW00023" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?mineral-inventory=MDI41I04NW00004" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?mineral-inventory=MDI41I04NW00002" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?mineral-inventory=MDI41I04NW00003" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?mineral-inventory=MDI41I04NW00024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?mineral-inventory=MDI41I04SE00042" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=20000021488" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=20000022481" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=20000020952" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=20000018394" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=20000020420" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=20000019750" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=20000007847" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=20000007928" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=20000009261" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=20000001110" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=20000001876" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41I04NE2013" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41I04NW2008" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41I04NE2009" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41I04NW2004" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41I04NW2002" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41I04NW2003" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41I04NW2001" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41I04NE0058" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41I04NW0059" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41I04NW0033" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41I04NW0027" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41I04NW0011" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41I04NW0007" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41I04NW0008" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41I04NW0042" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41I04NW0009" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41I04NW0013" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41I04NW9607" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41I04NW0012" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41I04NW0014" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41I04NW0015" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41I04NW0016" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41I04NW0017" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41I04NW0010" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41I04NW0021" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41I04NW0022" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41I04NW0023" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41I04NW0026" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41I04NW0024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41I04NW0025" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41I04NW0029" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41I04NW0030" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41I04NW0028" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41I04NW0031" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41I04NW0034" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41I04NE0043" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41I04NW0035" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41I04NE0068" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41I04NW0019" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41I04SW0005" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41I04SW0002" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41I04NW0018" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41I04SW0003" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41I04NW0020" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41I04SW0001" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41I04NW0036" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41I04NW0038" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41I04NW0039" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41I03SW0004" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41I04NW0037" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41I04NW0040" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41I04NW0032" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41I05SW0016" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41I04NE0288" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?drill-hole=20000009261" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?drill-hole=41I04NW2002" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?drill-hole=41I04NW2008" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?drill-hole=41I04NW2004" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?drill-hole=41I04NW2003" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?drill-hole=41I04NW2001" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?drill-hole=41I04NW0038" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?drill-hole=41I04NW0029" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?drill-hole=41I04NW0039" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?drill-hole=41I04NW0040" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?drill-hole=41I04SW0003" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?drill-hole=41I04NE0288" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?drill-hole=41I03SW0004" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?drill-hole=41I03SW0004" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?drill-hole=41I04NE0288" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?drill-hole=41I04SW0003" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?drill-hole=41I04NW0040" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?drill-hole=41I04NW0039" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?drill-hole=41I04NW0038" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?drill-hole=41I04NW0029" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?drill-hole=41I04NW2001" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?drill-hole=41I04NW2002" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?drill-hole=41I04NW2003" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?drill-hole=41I04NW2004" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?drill-hole=41I04NW2008" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?drill-hole=20000009261" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=OFR5327" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1705" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1639" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1631" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1628" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80757" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2360" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2042" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1700" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1698" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1043" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2599" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1719" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1725" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=A063" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P2715" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1228" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P2840" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1100" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P0322" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P2301" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P2842" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2595" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1693" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1704" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=ARM17B" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1617" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2312" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1690" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P2841" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P2591" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P3321" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P3533" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2190" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2196" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M1927A" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M1939A" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M1946-03" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M1953A" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M1957A" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M1958A" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M1958B" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2103" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2148" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2211" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2310" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2358" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2389" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2391" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2440" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2472" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2505" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2506" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2545" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2579" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2580" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2581" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2582" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2583" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1715" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1711" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1624" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1229" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2040" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2441" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1689" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1623" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1246" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1726" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1717" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1643" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2587" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1692" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1640" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1716" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1688" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1710" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1691" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1614" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P0105" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P0800" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P2300" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1697" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=ARM01A" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1718" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P2426" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1645" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1512" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M1944A" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=ARM39C" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2518" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=ARM25B" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2130" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2591" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1709" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1610" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1713" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2041" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=OFM0162" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1633" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2264" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1627" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P0442" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1707" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1699" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1635" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1622" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1695" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1703" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1615" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1642" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2254" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1722" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1044" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1612" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1620" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2316" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1638" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P0668" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1723" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M07067G" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1247" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2317" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P0972" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1702" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=A065" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P0971" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P0452" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1720" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1618" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1611" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1511" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2188" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1616" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2117" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2393" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1714" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P0392" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MS465" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1625" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2131" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2183" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M1934B" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1619" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1613" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2311" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P0794" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P0391" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=OFR5328" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2039" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1644" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P0441" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M01522G" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1632" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P0452-REV" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1647" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2361" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M82994" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1634" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1063" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P2424" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2197" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1629" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1621" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=A066" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2038" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2544" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2556" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1099" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1712" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1636" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1641" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1648" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1637" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2198" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M1976-01" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=ARM22H" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1701" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2392" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1708" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1706" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1062" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M5002" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1646" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P0703" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2418" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=A062" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1626" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M82964" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1721" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2578" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1694" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2184" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1630" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1724" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=A061" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2224" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M82979" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=A067" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1696" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD298" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD160" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD018" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD022" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD037" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD075" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD086" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD100" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD101" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD126-REV1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD134" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD138" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD139" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD142" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD153" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD164" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD165" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD166" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD169" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD170" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD172" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD175" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD176" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD177" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD178" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD179" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD181" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD183" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD185" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD216" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD249" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD250" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD252" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD253" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD269" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD270" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD371" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=GDS1035" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=GDS1036" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD180" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD278" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD212" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD336" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=GDS1086B" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=GeochrON" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD019" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD297" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD121" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD228" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=GDS1086A" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD276" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD273-REV2" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD115" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=EDS022" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=EDS006-REV" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=EDS011" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=EDS012" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=EDS013-REV1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=EDS014-REV" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD395" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=ODHD" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD401" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="18.7109375" customWidth="1"/>
     <col min="2" max="5" width="25.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
         <v>0</v>
@@ -4363,210 +4363,210 @@
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="15.7109375" customWidth="1"/>
     <col min="3" max="4" width="30.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>37</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>232</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="2" t="s">
-        <v>75</v>
+        <v>213</v>
       </c>
       <c r="B2" t="s">
         <v>234</v>
       </c>
       <c r="C2">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>16</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="2" t="s">
-        <v>99</v>
+        <v>229</v>
       </c>
       <c r="B3" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="C3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="2" t="s">
-        <v>89</v>
+        <v>199</v>
       </c>
       <c r="B4" t="s">
-        <v>236</v>
+        <v>200</v>
       </c>
       <c r="C4">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>4</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="2" t="s">
-        <v>95</v>
+        <v>218</v>
       </c>
       <c r="B5" t="s">
-        <v>235</v>
+        <v>220</v>
       </c>
       <c r="C5">
-        <v>1</v>
+        <v>17</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="2" t="s">
-        <v>101</v>
+        <v>210</v>
       </c>
       <c r="B6" t="s">
         <v>235</v>
       </c>
       <c r="C6">
-        <v>2</v>
+        <v>4</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="2" t="s">
-        <v>102</v>
+        <v>209</v>
       </c>
       <c r="B7" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C7">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="2" t="s">
-        <v>209</v>
+        <v>161</v>
       </c>
       <c r="B8" t="s">
-        <v>237</v>
+        <v>163</v>
       </c>
       <c r="C8">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="2" t="s">
-        <v>161</v>
+        <v>102</v>
       </c>
       <c r="B9" t="s">
-        <v>163</v>
+        <v>237</v>
       </c>
       <c r="C9">
         <v>4</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="2" t="s">
-        <v>210</v>
+        <v>99</v>
       </c>
       <c r="B10" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="C10">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="2" t="s">
-        <v>218</v>
+        <v>101</v>
       </c>
       <c r="B11" t="s">
-        <v>220</v>
+        <v>237</v>
       </c>
       <c r="C11">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>2</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="2" t="s">
-        <v>199</v>
+        <v>95</v>
       </c>
       <c r="B12" t="s">
-        <v>200</v>
+        <v>237</v>
       </c>
       <c r="C12">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="2" t="s">
-        <v>229</v>
+        <v>89</v>
       </c>
       <c r="B13" t="s">
-        <v>231</v>
+        <v>238</v>
       </c>
       <c r="C13">
-        <v>1</v>
+        <v>7</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="2" t="s">
-        <v>213</v>
+        <v>75</v>
       </c>
       <c r="B14" t="s">
         <v>239</v>
       </c>
       <c r="C14">
-        <v>16</v>
+        <v>2</v>
+      </c>
+      <c r="D14" t="s">
+        <v>8</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:C14"/>
   <hyperlinks>
     <hyperlink ref="A2" r:id="rId1"/>
     <hyperlink ref="A3" r:id="rId2"/>
     <hyperlink ref="A4" r:id="rId3"/>
     <hyperlink ref="A5" r:id="rId4"/>
     <hyperlink ref="A6" r:id="rId5"/>
     <hyperlink ref="A7" r:id="rId6"/>
     <hyperlink ref="A8" r:id="rId7"/>
     <hyperlink ref="A9" r:id="rId8"/>
     <hyperlink ref="A10" r:id="rId9"/>
     <hyperlink ref="A11" r:id="rId10"/>
     <hyperlink ref="A12" r:id="rId11"/>
     <hyperlink ref="A13" r:id="rId12"/>
     <hyperlink ref="A14" r:id="rId13"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">