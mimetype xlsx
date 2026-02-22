--- v0 (2025-10-22)
+++ v1 (2026-02-22)
@@ -25,51 +25,51 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="MineralInventory" sheetId="1" r:id="rId1"/>
     <sheet name="AssessmentFiles" sheetId="2" r:id="rId2"/>
     <sheet name="DrillHoles" sheetId="3" r:id="rId3"/>
     <sheet name="Maps" sheetId="4" r:id="rId4"/>
     <sheet name="DigitalData" sheetId="5" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">AssessmentFiles!$A$1:$E$38</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="1">DigitalData!$A$1:$C$88</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">DrillHoles!$A$1:$C$5</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="1">Maps!$A$1:$D$205</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">MineralInventory!$A$1:$E$3</definedName>
   </definedNames>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1303" uniqueCount="805">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1303" uniqueCount="803">
   <si>
     <t>OMI Number</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Primary Commodity</t>
   </si>
   <si>
     <t>Secondary Commodity</t>
   </si>
   <si>
     <t>MDI41O16NW00017</t>
   </si>
   <si>
     <t>Occurrence</t>
   </si>
   <si>
     <t>Mcvittie</t>
   </si>
   <si>
@@ -174,129 +174,129 @@
   <si>
     <t>Adolf Hagen, Clarence R Campsall, Reino Jarvi</t>
   </si>
   <si>
     <t>Bedrock Trenching, Open Cutting, Overburden Stripping</t>
   </si>
   <si>
     <t>41O16NW2001</t>
   </si>
   <si>
     <t>1997-1997</t>
   </si>
   <si>
     <t>A Hagen, C R Campbell, R Jarvi</t>
   </si>
   <si>
     <t>Assaying and Analyses, Bedrock Trenching, Overburden Stripping</t>
   </si>
   <si>
     <t>41O16NW2002</t>
   </si>
   <si>
     <t>Adolf Hagen</t>
   </si>
   <si>
-    <t>Bedrock Trenching, Overburden Stripping, Prospecting By  Licence Holder</t>
+    <t>Bedrock Trenching, Overburden Stripping, Prospecting By Licence Holder</t>
   </si>
   <si>
     <t>41O16NW0030</t>
   </si>
   <si>
     <t>1996-1996</t>
   </si>
   <si>
     <t>A Hagen, C R Campsall, R Jarvi</t>
   </si>
   <si>
     <t>42B01SW0009</t>
   </si>
   <si>
     <t>J Richard Morin</t>
   </si>
   <si>
-    <t>Assaying and Analyses, Electromagnetic Very Low Frequency, Magnetic / Magnetometer Survey, Open Cutting, Prospecting By  Licence Holder</t>
+    <t>Assaying and Analyses, Electromagnetic Very Low Frequency, Magnetic / Magnetometer Survey, Open Cutting, Prospecting By Licence Holder</t>
   </si>
   <si>
     <t>42B01SW0008</t>
   </si>
   <si>
     <t>1995-1995</t>
   </si>
   <si>
-    <t>Assaying and Analyses, Overburden Stripping, Prospecting By  Licence Holder</t>
+    <t>Assaying and Analyses, Overburden Stripping, Prospecting By Licence Holder</t>
   </si>
   <si>
     <t>41O16NW0003</t>
   </si>
   <si>
     <t>1994-1994</t>
   </si>
   <si>
     <t>A Hagen, C R Campsall, G Morin, R Jarvi</t>
   </si>
   <si>
     <t>Assaying and Analyses, Bedrock Trenching, Electromagnetic Very Low Frequency, Magnetic / Magnetometer Survey, Open Cutting, Overburden Stripping</t>
   </si>
   <si>
     <t>41O16NW0031</t>
   </si>
   <si>
     <t>G J Morin</t>
   </si>
   <si>
     <t>Magnetic / Magnetometer Survey, Open Cutting, Overburden Stripping</t>
   </si>
   <si>
     <t>41O16NW0004</t>
   </si>
   <si>
     <t>1992-1992</t>
   </si>
   <si>
     <t>A Hagen, C Campsall, J Morin, R Jarvi</t>
   </si>
   <si>
-    <t>Assaying and Analyses, Electromagnetic, Magnetic / Magnetometer Survey, Open Cutting, Prospecting By  Licence Holder</t>
+    <t>Assaying and Analyses, Electromagnetic, Magnetic / Magnetometer Survey, Open Cutting, Prospecting By Licence Holder</t>
   </si>
   <si>
     <t>41O16NW8590</t>
   </si>
   <si>
     <t>A Hagen, C R Campsall, G P Morin, R Jarvi</t>
   </si>
   <si>
     <t>41O16NW0005</t>
   </si>
   <si>
     <t>1991-1991</t>
   </si>
   <si>
     <t>R Jarvi</t>
   </si>
   <si>
-    <t>Assaying and Analyses, Bedrock Trenching, Open Cutting, Prospecting By  Licence Holder</t>
+    <t>Assaying and Analyses, Bedrock Trenching, Open Cutting, Prospecting By Licence Holder</t>
   </si>
   <si>
     <t>41O16NW0050</t>
   </si>
   <si>
     <t>P Pitman</t>
   </si>
   <si>
     <t>Marl Lake</t>
   </si>
   <si>
     <t>Assaying and Analyses, Geochemical</t>
   </si>
   <si>
     <t>41O16NW0051</t>
   </si>
   <si>
     <t>1988-1988</t>
   </si>
   <si>
     <t>652422 Ontario Inc</t>
   </si>
   <si>
     <t>Diamond Drilling</t>
   </si>
@@ -444,56 +444,56 @@
   <si>
     <t>41O16NW0032</t>
   </si>
   <si>
     <t>1951-1951</t>
   </si>
   <si>
     <t>Miscellaneous Compilation and Interpretation</t>
   </si>
   <si>
     <t>41O16NW0044</t>
   </si>
   <si>
     <t>1947-1947</t>
   </si>
   <si>
     <t>Mining Research Corp Ltd, Radiant Expl Ltd</t>
   </si>
   <si>
     <t>Drill Hole Count</t>
   </si>
   <si>
     <t>Elements</t>
   </si>
   <si>
+    <t>652422 Ont Inc</t>
+  </si>
+  <si>
     <t>Orofino Resc Ltd/Northgate Expl Ltd</t>
   </si>
   <si>
-    <t>652422 Ont Inc</t>
-[...1 lines deleted...]
-  <si>
     <t>Publication</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Scale</t>
   </si>
   <si>
     <t>M2543</t>
   </si>
   <si>
     <t>1991</t>
   </si>
   <si>
     <t>Bedrock geology of Ontario, east-central sheet</t>
   </si>
   <si>
     <t>1000000</t>
   </si>
   <si>
     <t>OFR5327</t>
   </si>
   <si>
     <t>1982</t>
@@ -585,51 +585,51 @@
   <si>
     <t>Geophysical series, (airborne gamma-ray spectrometric), eTh/K ratio, Foleyet, Ontario [GSC map 35242G]</t>
   </si>
   <si>
     <t>P0748</t>
   </si>
   <si>
     <t>1972</t>
   </si>
   <si>
     <t>Geological series, Horwood Township, District of Sudbury</t>
   </si>
   <si>
     <t>15840</t>
   </si>
   <si>
     <t>P3511</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
     <t>Geological Compilation of the Swayze Area, Abitibi Greenstone Belt</t>
   </si>
   <si>
-    <t>100000,100000</t>
+    <t>100000</t>
   </si>
   <si>
     <t>P1228</t>
   </si>
   <si>
     <t>1977</t>
   </si>
   <si>
     <t>Mineral deposits series, gold deposits of Ontario, east central sheet, districts of Thunder Bay, Algoma, Cochrane, Sudbury, Timiskaming and Nipissing</t>
   </si>
   <si>
     <t>M2502</t>
   </si>
   <si>
     <t>1998</t>
   </si>
   <si>
     <t>Quaternary Geology, Rush Lake Area</t>
   </si>
   <si>
     <t>50000</t>
   </si>
   <si>
     <t>M80276</t>
   </si>
@@ -717,51 +717,51 @@
   <si>
     <t>Industrial minerals of Ontario</t>
   </si>
   <si>
     <t>1500000</t>
   </si>
   <si>
     <t>P3321</t>
   </si>
   <si>
     <t>1995</t>
   </si>
   <si>
     <t>Known Kimberlites of Eastern Ontario</t>
   </si>
   <si>
     <t>P3533</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
     <t>Tectonometamorphic Map of Ontario</t>
   </si>
   <si>
-    <t>500000,500000</t>
+    <t>500000</t>
   </si>
   <si>
     <t>M2190</t>
   </si>
   <si>
     <t>1970</t>
   </si>
   <si>
     <t>Ontario geology and principal minerals</t>
   </si>
   <si>
     <t>4224000</t>
   </si>
   <si>
     <t>M2196</t>
   </si>
   <si>
     <t>1971</t>
   </si>
   <si>
     <t>Ontario geological map, explanatory text, legend, diagrams, title, scale</t>
   </si>
   <si>
     <t>M1927A</t>
   </si>
@@ -1149,105 +1149,99 @@
   <si>
     <t>M80264</t>
   </si>
   <si>
     <t>Geophysical/geochemical series, [airborne gamma-ray spectrometry], line 16 (1), Foleyet sheet</t>
   </si>
   <si>
     <t>P3324</t>
   </si>
   <si>
     <t>Particulate Gold Abundance in Surficial Sediments [-10 Mesh (&lt;2mm) Size Fraction], Rush Lake Area, District of Timmins</t>
   </si>
   <si>
     <t>M80273</t>
   </si>
   <si>
     <t>Geophysical/geochemical series, [airborne gamma-ray spectrometry], line 25 (2), Foleyet sheet</t>
   </si>
   <si>
     <t>M5015</t>
   </si>
   <si>
     <t>Northern Ontario engineering geology terrain study, data base map, Ridout, NTS 41O/NE</t>
   </si>
   <si>
-    <t>100000</t>
-[...1 lines deleted...]
-  <si>
     <t>M80360</t>
   </si>
   <si>
     <t>Geophysical/geochemical series, [airborne gamma-ray spectrometry], line 20 (1), Chapleau sheet</t>
   </si>
   <si>
     <t>M80367</t>
   </si>
   <si>
     <t>Geophysical/geochemical series, [airborne gamma-ray spectrometry], line 27 (1), Chapleau sheet</t>
   </si>
   <si>
     <t>M80368</t>
   </si>
   <si>
     <t>Geophysical/geochemical series, [airborne gamma-ray spectrometry], line 28 (1), Chapleau sheet</t>
   </si>
   <si>
     <t>P0747</t>
   </si>
   <si>
     <t>Geological series, Keith Township (southern half), District of Sudbury</t>
   </si>
   <si>
     <t>M80258</t>
   </si>
   <si>
     <t>Geophysical/geochemical series, [airborne gamma-ray spectrometry], line 10 (1), Foleyet sheet</t>
   </si>
   <si>
     <t>M02247G</t>
   </si>
   <si>
     <t>Geophysical series, Carty Lake, Sudbury District, Ontario, airborne magnetic, total field</t>
   </si>
   <si>
     <t>63360</t>
   </si>
   <si>
     <t>M80352</t>
   </si>
   <si>
     <t>Geophysical/geochemical series, [airborne gamma-ray spectrometry], line 12 (1), Chapleau sheet</t>
   </si>
   <si>
     <t>P3565</t>
   </si>
   <si>
     <t>Geological Compilation of the Central Abitibi Greenstone Belt: Kapuskasing Structural Zone to the Quebec Border</t>
-  </si>
-[...1 lines deleted...]
-    <t>250000,250000</t>
   </si>
   <si>
     <t>M80334</t>
   </si>
   <si>
     <t>Geophysical series, (airborne gamma-ray spectrometric), total count, Chapleau, Ontario [GSC map 36541G]</t>
   </si>
   <si>
     <t>M80271</t>
   </si>
   <si>
     <t>Geophysical/geochemical series, [airborne gamma-ray spectrometry], line 23 (1), Foleyet sheet</t>
   </si>
   <si>
     <t>M80344</t>
   </si>
   <si>
     <t>Geophysical/geochemical series, [airborne gamma-ray spectrometry], line 4 (2), Chapleau sheet</t>
   </si>
   <si>
     <t>P3574</t>
   </si>
   <si>
     <t>Integrated 3D Geoscientific Deposit Modelling for Enhanced Mineral Prospectivity in the Abitibi Greenstone Belt of Northeastern Ontario: Newmont Mining Corp. - Harker-Holloway Mine</t>
   </si>
@@ -2804,51 +2798,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?mineral-inventory=MDI41O16NW00017" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?mineral-inventory=MDI41O16NW00020" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=20000007368" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=20000006758" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=20000008000" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=20000006503" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=20000007636" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41O16NW2003" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41O16NW2001" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41O16NW2002" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41O16NW0030" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=42B01SW0009" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=42B01SW0008" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41O16NW0003" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41O16NW0031" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41O16NW0004" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41O16NW8590" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41O16NW0005" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41O16NW0050" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41O16NW0051" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41O16NW0052" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41O16NW0054" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41O16NW0053" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=52O06SE0056" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41O16NW0013" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41O16NW0055" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41O16NW0058" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41O16NW0012" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41O16NW0016" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41O16NW0062" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41O16NW0063" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41O16NW0028" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41O16NW0023" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41O16NW0029" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41O16NW8534" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41O16NW0040" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41O16NW0066" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41O16NW0032" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?assessment=41O16NW0044" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?drill-hole=41O16NW0066" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?drill-hole=41O16NW0016" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?drill-hole=41O16NW0023" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?drill-hole=41O16NW0054" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?drill-hole=41O16NW0054" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?drill-hole=41O16NW0023" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?drill-hole=41O16NW0016" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?drill-hole=41O16NW0066" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2543" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=OFR5327" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80242" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80336" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80263" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80275" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80757" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80259" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80254" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1043" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P3567" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80248" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P0748" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P3511" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1228" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2502" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80276" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80253" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80355" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P2840" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2555" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80361" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2352" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P2842" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P3566" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=ARM17B" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80339" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P2841" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P2591" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P3321" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P3533" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2190" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2196" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M1927A" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M1939A" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M1946-03" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M1953A" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M1957A" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M1958A" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M1958B" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2103" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2148" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2211" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2310" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2358" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2389" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2391" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2440" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2472" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2505" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2506" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2545" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2579" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2580" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2581" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2582" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2583" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80247" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M81952" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P0277" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80347" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P0673" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1246" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80260" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80269" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P0285" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2671" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80345" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M07077G" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=OFM0173" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80272" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80251" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80357" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80358" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P0800" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2116" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P2300" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80257" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80346" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P2426" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M1944A" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2518" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80245" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P3569" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=ARM25B" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80264" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P3324" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80273" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M5015" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80360" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80367" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80368" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P0747" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80258" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M02247G" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80352" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P3565" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80334" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80271" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80344" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P3574" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80338" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80359" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P3571" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80274" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80244" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80249" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M81959" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P0194" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80246" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=OFM0164" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80266" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P3327" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M81677" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80267" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80340" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2329" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P3332" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80349" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80351" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P0971" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2351" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2590" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2586" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P0452" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M02263G" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P3575" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=OFM0145" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80243" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P3568" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80268" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P3328" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80270" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M81705" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80350" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P3572" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80262" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80363" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2393" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2594" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MS465" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P3326" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80353" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80255" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80342" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2598" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M1934B" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MS365" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80256" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P3330" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M81386" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80279" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80337" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P0452-REV" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80364" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2221" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80371" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80277" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80335" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80362" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1518" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=ARM41C" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80250" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80341" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80370" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80278" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=ARM46A" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P3334" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1099" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M02262G" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2577" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M1933A" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P3573" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80265" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80348" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P3329" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P3199" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80261" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2198" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80356" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=ARM33G" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M81381" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P0283" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80354" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80366" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1062" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M81382" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M81385" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P0578" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P3570" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80252" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M2627" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80343" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80365" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P3323" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M81953" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80369" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M5102" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P1515" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=ARM09A" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M80538" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=P3331" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=M07086G" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD136" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD085" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=GDS1040C-REV" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD281" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD298" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD120" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD160" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD047" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD018" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD022" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD037" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD075" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD086" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD100" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD101" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD126-REV1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD134" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD138" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD139" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD142" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD153" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD164" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD165" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD166" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD169" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD170" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD172" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD175" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD176" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD177" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD178" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD179" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD181" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD183" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD185" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD216" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD249" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD250" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD252" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD253" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD269" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD270" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD371" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=GDS1035" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=GDS1036" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD260" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=LakeGeochemON" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD159" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD054" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD278" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=GDS1005B" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD158" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD082" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD225" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD157" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD143" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=GeochrON" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD015" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD019" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=GDS1040B-REV" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=GDS1015" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD297" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD012" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD048" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD083" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD291" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD093" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=GDS1037-REV" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD274" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD209" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD259" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD273-REV2" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD232" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=GDS1040D-REV" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=GDS1040A-REV" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=GDS1005A" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD115" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD263" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD282" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=EDS022" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=EDS006-REV" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=EDS011" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=EDS012" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=EDS013-REV1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=EDS014-REV" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=MRD395" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geologyontario.mines.gov.on.ca/persistent-linking?publication=ODHD" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="18.7109375" customWidth="1"/>
     <col min="2" max="5" width="25.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
         <v>0</v>
@@ -3619,93 +3613,93 @@
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="15.7109375" customWidth="1"/>
     <col min="3" max="4" width="30.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>16</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>137</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="2" t="s">
-        <v>128</v>
+        <v>86</v>
       </c>
       <c r="B2" t="s">
-        <v>130</v>
+        <v>139</v>
       </c>
       <c r="C2">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="2" t="s">
-        <v>106</v>
+        <v>116</v>
       </c>
       <c r="B3" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C3">
-        <v>186</v>
+        <v>35</v>
       </c>
       <c r="D3" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="2" t="s">
-        <v>116</v>
+        <v>106</v>
       </c>
       <c r="B4" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C4">
-        <v>35</v>
+        <v>186</v>
       </c>
       <c r="D4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="2" t="s">
-        <v>86</v>
+        <v>128</v>
       </c>
       <c r="B5" t="s">
-        <v>140</v>
+        <v>130</v>
       </c>
       <c r="C5">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:C5"/>
   <hyperlinks>
     <hyperlink ref="A2" r:id="rId1"/>
     <hyperlink ref="A3" r:id="rId2"/>
     <hyperlink ref="A4" r:id="rId3"/>
     <hyperlink ref="A5" r:id="rId4"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:D205"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
@@ -4962,1644 +4956,1644 @@
     <row r="90" spans="1:4">
       <c r="A90" s="2" t="s">
         <v>370</v>
       </c>
       <c r="B90" t="s">
         <v>153</v>
       </c>
       <c r="C90" t="s">
         <v>371</v>
       </c>
       <c r="D90" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" s="2" t="s">
         <v>372</v>
       </c>
       <c r="B91" t="s">
         <v>153</v>
       </c>
       <c r="C91" t="s">
         <v>373</v>
       </c>
       <c r="D91" t="s">
-        <v>374</v>
+        <v>186</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" s="2" t="s">
-        <v>375</v>
+        <v>374</v>
       </c>
       <c r="B92" t="s">
         <v>153</v>
       </c>
       <c r="C92" t="s">
-        <v>376</v>
+        <v>375</v>
       </c>
       <c r="D92" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" s="2" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="B93" t="s">
         <v>153</v>
       </c>
       <c r="C93" t="s">
-        <v>378</v>
+        <v>377</v>
       </c>
       <c r="D93" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" s="2" t="s">
-        <v>379</v>
+        <v>378</v>
       </c>
       <c r="B94" t="s">
         <v>153</v>
       </c>
       <c r="C94" t="s">
-        <v>380</v>
+        <v>379</v>
       </c>
       <c r="D94" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" s="2" t="s">
-        <v>381</v>
+        <v>380</v>
       </c>
       <c r="B95" t="s">
         <v>180</v>
       </c>
       <c r="C95" t="s">
-        <v>382</v>
+        <v>381</v>
       </c>
       <c r="D95" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" s="2" t="s">
-        <v>383</v>
+        <v>382</v>
       </c>
       <c r="B96" t="s">
         <v>153</v>
       </c>
       <c r="C96" t="s">
-        <v>384</v>
+        <v>383</v>
       </c>
       <c r="D96" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" s="2" t="s">
-        <v>385</v>
+        <v>384</v>
       </c>
       <c r="B97" t="s">
         <v>260</v>
       </c>
       <c r="C97" t="s">
+        <v>385</v>
+      </c>
+      <c r="D97" t="s">
         <v>386</v>
-      </c>
-[...1 lines deleted...]
-        <v>387</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" s="2" t="s">
-        <v>388</v>
+        <v>387</v>
       </c>
       <c r="B98" t="s">
         <v>153</v>
       </c>
       <c r="C98" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="D98" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" s="2" t="s">
-        <v>390</v>
+        <v>389</v>
       </c>
       <c r="B99" t="s">
         <v>174</v>
       </c>
       <c r="C99" t="s">
-        <v>391</v>
+        <v>390</v>
       </c>
       <c r="D99" t="s">
-        <v>392</v>
+        <v>155</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" s="2" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="B100" t="s">
         <v>153</v>
       </c>
       <c r="C100" t="s">
-        <v>394</v>
+        <v>392</v>
       </c>
       <c r="D100" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" s="2" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="B101" t="s">
         <v>153</v>
       </c>
       <c r="C101" t="s">
-        <v>396</v>
+        <v>394</v>
       </c>
       <c r="D101" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" s="2" t="s">
-        <v>397</v>
+        <v>395</v>
       </c>
       <c r="B102" t="s">
         <v>153</v>
       </c>
       <c r="C102" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="D102" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" s="2" t="s">
-        <v>399</v>
+        <v>397</v>
       </c>
       <c r="B103" t="s">
         <v>174</v>
       </c>
       <c r="C103" t="s">
-        <v>400</v>
+        <v>398</v>
       </c>
       <c r="D103" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" s="2" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="B104" t="s">
         <v>153</v>
       </c>
       <c r="C104" t="s">
-        <v>402</v>
+        <v>400</v>
       </c>
       <c r="D104" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" s="2" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="B105" t="s">
         <v>153</v>
       </c>
       <c r="C105" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="D105" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" s="2" t="s">
-        <v>405</v>
+        <v>403</v>
       </c>
       <c r="B106" t="s">
         <v>174</v>
       </c>
       <c r="C106" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="D106" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" s="2" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="B107" t="s">
         <v>153</v>
       </c>
       <c r="C107" t="s">
-        <v>408</v>
+        <v>406</v>
       </c>
       <c r="D107" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" s="2" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="B108" t="s">
         <v>153</v>
       </c>
       <c r="C108" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="D108" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" s="2" t="s">
-        <v>411</v>
+        <v>409</v>
       </c>
       <c r="B109" t="s">
         <v>153</v>
       </c>
       <c r="C109" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="D109" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" s="2" t="s">
+        <v>411</v>
+      </c>
+      <c r="B110" t="s">
+        <v>412</v>
+      </c>
+      <c r="C110" t="s">
         <v>413</v>
-      </c>
-[...4 lines deleted...]
-        <v>415</v>
       </c>
       <c r="D110" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" s="2" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="B111" t="s">
         <v>260</v>
       </c>
       <c r="C111" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="D111" t="s">
         <v>311</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" s="2" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="B112" t="s">
         <v>153</v>
       </c>
       <c r="C112" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="D112" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" s="2" t="s">
-        <v>420</v>
+        <v>418</v>
       </c>
       <c r="B113" t="s">
         <v>145</v>
       </c>
       <c r="C113" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="D113" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" s="2" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="B114" t="s">
         <v>153</v>
       </c>
       <c r="C114" t="s">
-        <v>424</v>
+        <v>422</v>
       </c>
       <c r="D114" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" s="2" t="s">
-        <v>425</v>
+        <v>423</v>
       </c>
       <c r="B115" t="s">
         <v>225</v>
       </c>
       <c r="C115" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="D115" t="s">
-        <v>427</v>
+        <v>425</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" s="2" t="s">
+        <v>426</v>
+      </c>
+      <c r="B116" t="s">
+        <v>427</v>
+      </c>
+      <c r="C116" t="s">
         <v>428</v>
-      </c>
-[...4 lines deleted...]
-        <v>430</v>
       </c>
       <c r="D116" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" s="2" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
       <c r="B117" t="s">
         <v>153</v>
       </c>
       <c r="C117" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="D117" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" s="2" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="B118" t="s">
         <v>153</v>
       </c>
       <c r="C118" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="D118" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" s="2" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="B119" t="s">
         <v>171</v>
       </c>
       <c r="C119" t="s">
-        <v>436</v>
+        <v>434</v>
       </c>
       <c r="D119" t="s">
-        <v>437</v>
+        <v>435</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" s="2" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="B120" t="s">
         <v>225</v>
       </c>
       <c r="C120" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="D120" t="s">
-        <v>427</v>
+        <v>425</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" s="2" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="B121" t="s">
         <v>153</v>
       </c>
       <c r="C121" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="D121" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" s="2" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="B122" t="s">
         <v>153</v>
       </c>
       <c r="C122" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
       <c r="D122" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" s="2" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
       <c r="B123" t="s">
         <v>171</v>
       </c>
       <c r="C123" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="D123" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" s="2" t="s">
-        <v>446</v>
+        <v>444</v>
       </c>
       <c r="B124" t="s">
         <v>272</v>
       </c>
       <c r="C124" t="s">
-        <v>447</v>
+        <v>445</v>
       </c>
       <c r="D124" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" s="2" t="s">
-        <v>448</v>
+        <v>446</v>
       </c>
       <c r="B125" t="s">
         <v>145</v>
       </c>
       <c r="C125" t="s">
-        <v>449</v>
+        <v>447</v>
       </c>
       <c r="D125" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" s="2" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="B126" t="s">
         <v>145</v>
       </c>
       <c r="C126" t="s">
-        <v>451</v>
+        <v>449</v>
       </c>
       <c r="D126" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" s="2" t="s">
-        <v>452</v>
+        <v>450</v>
       </c>
       <c r="B127" t="s">
         <v>232</v>
       </c>
       <c r="C127" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="D127" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" s="2" t="s">
-        <v>454</v>
+        <v>452</v>
       </c>
       <c r="B128" t="s">
         <v>260</v>
       </c>
       <c r="C128" t="s">
-        <v>455</v>
+        <v>453</v>
       </c>
       <c r="D128" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" s="2" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="B129" t="s">
         <v>174</v>
       </c>
       <c r="C129" t="s">
-        <v>457</v>
+        <v>455</v>
       </c>
       <c r="D129" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" s="2" t="s">
+        <v>456</v>
+      </c>
+      <c r="B130" t="s">
+        <v>457</v>
+      </c>
+      <c r="C130" t="s">
         <v>458</v>
       </c>
-      <c r="B130" t="s">
+      <c r="D130" t="s">
         <v>459</v>
-      </c>
-[...4 lines deleted...]
-        <v>461</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" s="2" t="s">
-        <v>462</v>
+        <v>460</v>
       </c>
       <c r="B131" t="s">
         <v>153</v>
       </c>
       <c r="C131" t="s">
-        <v>463</v>
+        <v>461</v>
       </c>
       <c r="D131" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" s="2" t="s">
-        <v>464</v>
+        <v>462</v>
       </c>
       <c r="B132" t="s">
         <v>174</v>
       </c>
       <c r="C132" t="s">
-        <v>465</v>
+        <v>463</v>
       </c>
       <c r="D132" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" s="2" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B133" t="s">
         <v>153</v>
       </c>
       <c r="C133" t="s">
-        <v>467</v>
+        <v>465</v>
       </c>
       <c r="D133" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" s="2" t="s">
-        <v>468</v>
+        <v>466</v>
       </c>
       <c r="B134" t="s">
         <v>225</v>
       </c>
       <c r="C134" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="D134" t="s">
-        <v>427</v>
+        <v>425</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" s="2" t="s">
-        <v>470</v>
+        <v>468</v>
       </c>
       <c r="B135" t="s">
         <v>153</v>
       </c>
       <c r="C135" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
       <c r="D135" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" s="2" t="s">
-        <v>472</v>
+        <v>470</v>
       </c>
       <c r="B136" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="C136" t="s">
-        <v>473</v>
+        <v>471</v>
       </c>
       <c r="D136" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" s="2" t="s">
-        <v>474</v>
+        <v>472</v>
       </c>
       <c r="B137" t="s">
         <v>153</v>
       </c>
       <c r="C137" t="s">
-        <v>475</v>
+        <v>473</v>
       </c>
       <c r="D137" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" s="2" t="s">
-        <v>476</v>
+        <v>474</v>
       </c>
       <c r="B138" t="s">
         <v>174</v>
       </c>
       <c r="C138" t="s">
-        <v>477</v>
+        <v>475</v>
       </c>
       <c r="D138" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" s="2" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
       <c r="B139" t="s">
         <v>153</v>
       </c>
       <c r="C139" t="s">
-        <v>479</v>
+        <v>477</v>
       </c>
       <c r="D139" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" s="2" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
       <c r="B140" t="s">
         <v>153</v>
       </c>
       <c r="C140" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="D140" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="B141" t="s">
+        <v>481</v>
+      </c>
+      <c r="C141" t="s">
         <v>482</v>
-      </c>
-[...4 lines deleted...]
-        <v>484</v>
       </c>
       <c r="D141" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" s="2" t="s">
-        <v>485</v>
+        <v>483</v>
       </c>
       <c r="B142" t="s">
         <v>145</v>
       </c>
       <c r="C142" t="s">
-        <v>486</v>
+        <v>484</v>
       </c>
       <c r="D142" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" s="2" t="s">
-        <v>487</v>
+        <v>485</v>
       </c>
       <c r="B143" t="s">
         <v>305</v>
       </c>
       <c r="C143" t="s">
-        <v>488</v>
+        <v>486</v>
       </c>
       <c r="D143" t="s">
-        <v>489</v>
+        <v>487</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" s="2" t="s">
-        <v>490</v>
+        <v>488</v>
       </c>
       <c r="B144" t="s">
         <v>225</v>
       </c>
       <c r="C144" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="D144" t="s">
-        <v>427</v>
+        <v>425</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" s="2" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="B145" t="s">
         <v>153</v>
       </c>
       <c r="C145" t="s">
-        <v>493</v>
+        <v>491</v>
       </c>
       <c r="D145" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" s="2" t="s">
-        <v>494</v>
+        <v>492</v>
       </c>
       <c r="B146" t="s">
         <v>153</v>
       </c>
       <c r="C146" t="s">
-        <v>495</v>
+        <v>493</v>
       </c>
       <c r="D146" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" s="2" t="s">
-        <v>496</v>
+        <v>494</v>
       </c>
       <c r="B147" t="s">
         <v>153</v>
       </c>
       <c r="C147" t="s">
-        <v>497</v>
+        <v>495</v>
       </c>
       <c r="D147" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" s="2" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="B148" t="s">
         <v>290</v>
       </c>
       <c r="C148" t="s">
-        <v>499</v>
+        <v>497</v>
       </c>
       <c r="D148" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" s="2" t="s">
+        <v>498</v>
+      </c>
+      <c r="B149" t="s">
+        <v>499</v>
+      </c>
+      <c r="C149" t="s">
         <v>500</v>
-      </c>
-[...4 lines deleted...]
-        <v>502</v>
       </c>
       <c r="D149" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" s="2" t="s">
-        <v>503</v>
+        <v>501</v>
       </c>
       <c r="B150" t="s">
         <v>305</v>
       </c>
       <c r="C150" t="s">
-        <v>504</v>
+        <v>502</v>
       </c>
       <c r="D150" t="s">
-        <v>489</v>
+        <v>487</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" s="2" t="s">
-        <v>505</v>
+        <v>503</v>
       </c>
       <c r="B151" t="s">
         <v>153</v>
       </c>
       <c r="C151" t="s">
-        <v>506</v>
+        <v>504</v>
       </c>
       <c r="D151" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" s="2" t="s">
-        <v>507</v>
+        <v>505</v>
       </c>
       <c r="B152" t="s">
         <v>225</v>
       </c>
       <c r="C152" t="s">
-        <v>508</v>
+        <v>506</v>
       </c>
       <c r="D152" t="s">
-        <v>427</v>
+        <v>425</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" s="2" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="B153" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
       <c r="C153" t="s">
-        <v>510</v>
+        <v>508</v>
       </c>
       <c r="D153" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" s="2" t="s">
-        <v>511</v>
+        <v>509</v>
       </c>
       <c r="B154" t="s">
         <v>153</v>
       </c>
       <c r="C154" t="s">
-        <v>512</v>
+        <v>510</v>
       </c>
       <c r="D154" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" s="2" t="s">
-        <v>513</v>
+        <v>511</v>
       </c>
       <c r="B155" t="s">
         <v>153</v>
       </c>
       <c r="C155" t="s">
-        <v>514</v>
+        <v>512</v>
       </c>
       <c r="D155" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" s="2" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="B156" t="s">
         <v>232</v>
       </c>
       <c r="C156" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="D156" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" s="2" t="s">
-        <v>516</v>
+        <v>514</v>
       </c>
       <c r="B157" t="s">
         <v>153</v>
       </c>
       <c r="C157" t="s">
-        <v>517</v>
+        <v>515</v>
       </c>
       <c r="D157" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" s="2" t="s">
-        <v>518</v>
+        <v>516</v>
       </c>
       <c r="B158" t="s">
         <v>272</v>
       </c>
       <c r="C158" t="s">
-        <v>519</v>
+        <v>517</v>
       </c>
       <c r="D158" t="s">
         <v>326</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" s="2" t="s">
-        <v>520</v>
+        <v>518</v>
       </c>
       <c r="B159" t="s">
         <v>153</v>
       </c>
       <c r="C159" t="s">
-        <v>521</v>
+        <v>519</v>
       </c>
       <c r="D159" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" s="2" t="s">
-        <v>522</v>
+        <v>520</v>
       </c>
       <c r="B160" t="s">
         <v>153</v>
       </c>
       <c r="C160" t="s">
-        <v>523</v>
+        <v>521</v>
       </c>
       <c r="D160" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" s="2" t="s">
-        <v>524</v>
+        <v>522</v>
       </c>
       <c r="B161" t="s">
         <v>153</v>
       </c>
       <c r="C161" t="s">
-        <v>525</v>
+        <v>523</v>
       </c>
       <c r="D161" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" s="2" t="s">
-        <v>526</v>
+        <v>524</v>
       </c>
       <c r="B162" t="s">
         <v>153</v>
       </c>
       <c r="C162" t="s">
-        <v>527</v>
+        <v>525</v>
       </c>
       <c r="D162" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" s="2" t="s">
-        <v>528</v>
+        <v>526</v>
       </c>
       <c r="B163" t="s">
         <v>188</v>
       </c>
       <c r="C163" t="s">
-        <v>529</v>
+        <v>527</v>
       </c>
       <c r="D163" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" s="2" t="s">
+        <v>528</v>
+      </c>
+      <c r="B164" t="s">
+        <v>529</v>
+      </c>
+      <c r="C164" t="s">
         <v>530</v>
       </c>
-      <c r="B164" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D164" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" s="2" t="s">
-        <v>533</v>
+        <v>531</v>
       </c>
       <c r="B165" t="s">
         <v>153</v>
       </c>
       <c r="C165" t="s">
-        <v>534</v>
+        <v>532</v>
       </c>
       <c r="D165" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" s="2" t="s">
-        <v>535</v>
+        <v>533</v>
       </c>
       <c r="B166" t="s">
         <v>153</v>
       </c>
       <c r="C166" t="s">
-        <v>536</v>
+        <v>534</v>
       </c>
       <c r="D166" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" s="2" t="s">
-        <v>537</v>
+        <v>535</v>
       </c>
       <c r="B167" t="s">
         <v>153</v>
       </c>
       <c r="C167" t="s">
-        <v>538</v>
+        <v>536</v>
       </c>
       <c r="D167" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" s="2" t="s">
-        <v>539</v>
+        <v>537</v>
       </c>
       <c r="B168" t="s">
         <v>153</v>
       </c>
       <c r="C168" t="s">
-        <v>540</v>
+        <v>538</v>
       </c>
       <c r="D168" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" s="2" t="s">
+        <v>539</v>
+      </c>
+      <c r="B169" t="s">
+        <v>540</v>
+      </c>
+      <c r="C169" t="s">
         <v>541</v>
       </c>
-      <c r="B169" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D169" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" s="2" t="s">
-        <v>544</v>
+        <v>542</v>
       </c>
       <c r="B170" t="s">
         <v>225</v>
       </c>
       <c r="C170" t="s">
-        <v>545</v>
+        <v>543</v>
       </c>
       <c r="D170" t="s">
-        <v>427</v>
+        <v>425</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" s="2" t="s">
-        <v>546</v>
+        <v>544</v>
       </c>
       <c r="B171" t="s">
         <v>272</v>
       </c>
       <c r="C171" t="s">
-        <v>547</v>
+        <v>545</v>
       </c>
       <c r="D171" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" s="2" t="s">
-        <v>548</v>
+        <v>546</v>
       </c>
       <c r="B172" t="s">
         <v>260</v>
       </c>
       <c r="C172" t="s">
-        <v>549</v>
+        <v>547</v>
       </c>
       <c r="D172" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" s="2" t="s">
-        <v>550</v>
+        <v>548</v>
       </c>
       <c r="B173" t="s">
         <v>290</v>
       </c>
       <c r="C173" t="s">
-        <v>551</v>
+        <v>549</v>
       </c>
       <c r="D173" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" s="2" t="s">
-        <v>552</v>
+        <v>550</v>
       </c>
       <c r="B174" t="s">
-        <v>501</v>
+        <v>499</v>
       </c>
       <c r="C174" t="s">
-        <v>553</v>
+        <v>551</v>
       </c>
       <c r="D174" t="s">
         <v>311</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" s="2" t="s">
-        <v>554</v>
+        <v>552</v>
       </c>
       <c r="B175" t="s">
         <v>174</v>
       </c>
       <c r="C175" t="s">
-        <v>555</v>
+        <v>553</v>
       </c>
       <c r="D175" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" s="2" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
       <c r="B176" t="s">
         <v>153</v>
       </c>
       <c r="C176" t="s">
-        <v>557</v>
+        <v>555</v>
       </c>
       <c r="D176" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" s="2" t="s">
-        <v>558</v>
+        <v>556</v>
       </c>
       <c r="B177" t="s">
         <v>153</v>
       </c>
       <c r="C177" t="s">
-        <v>559</v>
+        <v>557</v>
       </c>
       <c r="D177" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" s="2" t="s">
-        <v>560</v>
+        <v>558</v>
       </c>
       <c r="B178" t="s">
         <v>225</v>
       </c>
       <c r="C178" t="s">
-        <v>561</v>
+        <v>559</v>
       </c>
       <c r="D178" t="s">
-        <v>427</v>
+        <v>425</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" s="2" t="s">
+        <v>560</v>
+      </c>
+      <c r="B179" t="s">
+        <v>561</v>
+      </c>
+      <c r="C179" t="s">
         <v>562</v>
-      </c>
-[...4 lines deleted...]
-        <v>564</v>
       </c>
       <c r="D179" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" s="2" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="B180" t="s">
         <v>153</v>
       </c>
       <c r="C180" t="s">
-        <v>566</v>
+        <v>564</v>
       </c>
       <c r="D180" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" s="2" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
       <c r="B181" t="s">
         <v>236</v>
       </c>
       <c r="C181" t="s">
-        <v>484</v>
+        <v>482</v>
       </c>
       <c r="D181" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" s="2" t="s">
-        <v>568</v>
+        <v>566</v>
       </c>
       <c r="B182" t="s">
         <v>153</v>
       </c>
       <c r="C182" t="s">
-        <v>569</v>
+        <v>567</v>
       </c>
       <c r="D182" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" s="2" t="s">
+        <v>568</v>
+      </c>
+      <c r="B183" t="s">
+        <v>569</v>
+      </c>
+      <c r="C183" t="s">
         <v>570</v>
       </c>
-      <c r="B183" t="s">
+      <c r="D183" t="s">
         <v>571</v>
-      </c>
-[...4 lines deleted...]
-        <v>573</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" s="2" t="s">
-        <v>574</v>
+        <v>572</v>
       </c>
       <c r="B184" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
       <c r="C184" t="s">
-        <v>510</v>
+        <v>508</v>
       </c>
       <c r="D184" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" s="2" t="s">
-        <v>575</v>
+        <v>573</v>
       </c>
       <c r="B185" t="s">
         <v>305</v>
       </c>
       <c r="C185" t="s">
-        <v>576</v>
+        <v>574</v>
       </c>
       <c r="D185" t="s">
         <v>311</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" s="2" t="s">
-        <v>577</v>
+        <v>575</v>
       </c>
       <c r="B186" t="s">
         <v>153</v>
       </c>
       <c r="C186" t="s">
-        <v>578</v>
+        <v>576</v>
       </c>
       <c r="D186" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" s="2" t="s">
-        <v>579</v>
+        <v>577</v>
       </c>
       <c r="B187" t="s">
         <v>153</v>
       </c>
       <c r="C187" t="s">
-        <v>580</v>
+        <v>578</v>
       </c>
       <c r="D187" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" s="2" t="s">
-        <v>581</v>
+        <v>579</v>
       </c>
       <c r="B188" t="s">
         <v>188</v>
       </c>
       <c r="C188" t="s">
-        <v>582</v>
+        <v>580</v>
       </c>
       <c r="D188" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" s="2" t="s">
-        <v>583</v>
+        <v>581</v>
       </c>
       <c r="B189" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
       <c r="C189" t="s">
-        <v>510</v>
+        <v>508</v>
       </c>
       <c r="D189" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" s="2" t="s">
-        <v>584</v>
+        <v>582</v>
       </c>
       <c r="B190" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
       <c r="C190" t="s">
-        <v>510</v>
+        <v>508</v>
       </c>
       <c r="D190" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" s="2" t="s">
-        <v>585</v>
+        <v>583</v>
       </c>
       <c r="B191" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="C191" t="s">
-        <v>586</v>
+        <v>584</v>
       </c>
       <c r="D191" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" s="2" t="s">
-        <v>587</v>
+        <v>585</v>
       </c>
       <c r="B192" t="s">
         <v>174</v>
       </c>
       <c r="C192" t="s">
-        <v>588</v>
+        <v>586</v>
       </c>
       <c r="D192" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" s="2" t="s">
-        <v>589</v>
+        <v>587</v>
       </c>
       <c r="B193" t="s">
         <v>153</v>
       </c>
       <c r="C193" t="s">
-        <v>590</v>
+        <v>588</v>
       </c>
       <c r="D193" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" s="2" t="s">
-        <v>591</v>
+        <v>589</v>
       </c>
       <c r="B194" t="s">
         <v>225</v>
       </c>
       <c r="C194" t="s">
-        <v>592</v>
+        <v>590</v>
       </c>
       <c r="D194" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" s="2" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="B195" t="s">
         <v>153</v>
       </c>
       <c r="C195" t="s">
-        <v>594</v>
+        <v>592</v>
       </c>
       <c r="D195" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" s="2" t="s">
-        <v>595</v>
+        <v>593</v>
       </c>
       <c r="B196" t="s">
         <v>153</v>
       </c>
       <c r="C196" t="s">
-        <v>596</v>
+        <v>594</v>
       </c>
       <c r="D196" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" s="2" t="s">
-        <v>597</v>
+        <v>595</v>
       </c>
       <c r="B197" t="s">
         <v>225</v>
       </c>
       <c r="C197" t="s">
-        <v>598</v>
+        <v>596</v>
       </c>
       <c r="D197" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" s="2" t="s">
-        <v>599</v>
+        <v>597</v>
       </c>
       <c r="B198" t="s">
         <v>174</v>
       </c>
       <c r="C198" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="D198" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" s="2" t="s">
-        <v>601</v>
+        <v>599</v>
       </c>
       <c r="B199" t="s">
         <v>153</v>
       </c>
       <c r="C199" t="s">
-        <v>602</v>
+        <v>600</v>
       </c>
       <c r="D199" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" s="2" t="s">
-        <v>603</v>
+        <v>601</v>
       </c>
       <c r="B200" t="s">
         <v>344</v>
       </c>
       <c r="C200" t="s">
-        <v>604</v>
+        <v>602</v>
       </c>
       <c r="D200" t="s">
-        <v>374</v>
+        <v>186</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" s="2" t="s">
-        <v>605</v>
+        <v>603</v>
       </c>
       <c r="B201" t="s">
         <v>188</v>
       </c>
       <c r="C201" t="s">
-        <v>606</v>
+        <v>604</v>
       </c>
       <c r="D201" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" s="2" t="s">
+        <v>605</v>
+      </c>
+      <c r="B202" t="s">
+        <v>606</v>
+      </c>
+      <c r="C202" t="s">
         <v>607</v>
       </c>
-      <c r="B202" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D202" t="s">
-        <v>489</v>
+        <v>487</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" s="2" t="s">
-        <v>610</v>
+        <v>608</v>
       </c>
       <c r="B203" t="s">
         <v>149</v>
       </c>
       <c r="C203" t="s">
-        <v>611</v>
+        <v>609</v>
       </c>
       <c r="D203" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" s="2" t="s">
-        <v>612</v>
+        <v>610</v>
       </c>
       <c r="B204" t="s">
         <v>225</v>
       </c>
       <c r="C204" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="D204" t="s">
-        <v>427</v>
+        <v>425</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" s="2" t="s">
-        <v>614</v>
+        <v>612</v>
       </c>
       <c r="B205" t="s">
         <v>305</v>
       </c>
       <c r="C205" t="s">
-        <v>615</v>
+        <v>613</v>
       </c>
       <c r="D205" t="s">
         <v>326</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D205"/>
   <hyperlinks>
     <hyperlink ref="A2" r:id="rId1"/>
     <hyperlink ref="A3" r:id="rId2"/>
     <hyperlink ref="A4" r:id="rId3"/>
     <hyperlink ref="A5" r:id="rId4"/>
     <hyperlink ref="A6" r:id="rId5"/>
     <hyperlink ref="A7" r:id="rId6"/>
     <hyperlink ref="A8" r:id="rId7"/>
     <hyperlink ref="A9" r:id="rId8"/>
     <hyperlink ref="A10" r:id="rId9"/>
     <hyperlink ref="A11" r:id="rId10"/>
     <hyperlink ref="A12" r:id="rId11"/>
     <hyperlink ref="A13" r:id="rId12"/>
     <hyperlink ref="A14" r:id="rId13"/>
     <hyperlink ref="A15" r:id="rId14"/>
     <hyperlink ref="A16" r:id="rId15"/>
     <hyperlink ref="A17" r:id="rId16"/>
     <hyperlink ref="A18" r:id="rId17"/>
@@ -6798,1003 +6792,1003 @@
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:C88"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="4" width="15.7109375" customWidth="1"/>
     <col min="5" max="7" width="30.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>141</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="2" t="s">
-        <v>616</v>
+        <v>614</v>
       </c>
       <c r="B2" t="s">
         <v>228</v>
       </c>
       <c r="C2" t="s">
-        <v>617</v>
+        <v>615</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="2" t="s">
-        <v>618</v>
+        <v>616</v>
       </c>
       <c r="B3" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="C3" t="s">
-        <v>619</v>
+        <v>617</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="2" t="s">
-        <v>620</v>
+        <v>618</v>
       </c>
       <c r="B4" t="s">
         <v>184</v>
       </c>
       <c r="C4" t="s">
-        <v>621</v>
+        <v>619</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="2" t="s">
+        <v>620</v>
+      </c>
+      <c r="B5" t="s">
+        <v>621</v>
+      </c>
+      <c r="C5" t="s">
         <v>622</v>
-      </c>
-[...4 lines deleted...]
-        <v>624</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="2" t="s">
+        <v>623</v>
+      </c>
+      <c r="B6" t="s">
+        <v>624</v>
+      </c>
+      <c r="C6" t="s">
         <v>625</v>
-      </c>
-[...4 lines deleted...]
-        <v>627</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="2" t="s">
+        <v>626</v>
+      </c>
+      <c r="B7" t="s">
+        <v>627</v>
+      </c>
+      <c r="C7" t="s">
         <v>628</v>
-      </c>
-[...4 lines deleted...]
-        <v>630</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="2" t="s">
-        <v>631</v>
+        <v>629</v>
       </c>
       <c r="B8" t="s">
         <v>174</v>
       </c>
       <c r="C8" t="s">
-        <v>632</v>
+        <v>630</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="2" t="s">
+        <v>631</v>
+      </c>
+      <c r="B9" t="s">
+        <v>632</v>
+      </c>
+      <c r="C9" t="s">
         <v>633</v>
-      </c>
-[...4 lines deleted...]
-        <v>635</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="2" t="s">
-        <v>636</v>
+        <v>634</v>
       </c>
       <c r="B10" t="s">
         <v>145</v>
       </c>
       <c r="C10" t="s">
-        <v>637</v>
+        <v>635</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="B11" t="s">
+        <v>637</v>
+      </c>
+      <c r="C11" t="s">
         <v>638</v>
-      </c>
-[...4 lines deleted...]
-        <v>640</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="2" t="s">
-        <v>641</v>
+        <v>639</v>
       </c>
       <c r="B12" t="s">
         <v>191</v>
       </c>
       <c r="C12" t="s">
-        <v>642</v>
+        <v>640</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="2" t="s">
-        <v>643</v>
+        <v>641</v>
       </c>
       <c r="B13" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="C13" t="s">
-        <v>644</v>
+        <v>642</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="2" t="s">
-        <v>645</v>
+        <v>643</v>
       </c>
       <c r="B14" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="C14" t="s">
-        <v>646</v>
+        <v>644</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="2" t="s">
-        <v>647</v>
+        <v>645</v>
       </c>
       <c r="B15" t="s">
         <v>184</v>
       </c>
       <c r="C15" t="s">
-        <v>648</v>
+        <v>646</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="2" t="s">
-        <v>649</v>
+        <v>647</v>
       </c>
       <c r="B16" t="s">
-        <v>629</v>
+        <v>627</v>
       </c>
       <c r="C16" t="s">
-        <v>650</v>
+        <v>648</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="2" t="s">
-        <v>651</v>
+        <v>649</v>
       </c>
       <c r="B17" t="s">
-        <v>623</v>
+        <v>621</v>
       </c>
       <c r="C17" t="s">
-        <v>652</v>
+        <v>650</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="2" t="s">
-        <v>653</v>
+        <v>651</v>
       </c>
       <c r="B18" t="s">
         <v>228</v>
       </c>
       <c r="C18" t="s">
-        <v>654</v>
+        <v>652</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="2" t="s">
-        <v>655</v>
+        <v>653</v>
       </c>
       <c r="B19" t="s">
         <v>228</v>
       </c>
       <c r="C19" t="s">
-        <v>656</v>
+        <v>654</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="2" t="s">
-        <v>657</v>
+        <v>655</v>
       </c>
       <c r="B20" t="s">
         <v>228</v>
       </c>
       <c r="C20" t="s">
-        <v>658</v>
+        <v>656</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="2" t="s">
-        <v>659</v>
+        <v>657</v>
       </c>
       <c r="B21" t="s">
         <v>228</v>
       </c>
       <c r="C21" t="s">
-        <v>660</v>
+        <v>658</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="2" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="B22" t="s">
         <v>174</v>
       </c>
       <c r="C22" t="s">
-        <v>662</v>
+        <v>660</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="2" t="s">
-        <v>663</v>
+        <v>661</v>
       </c>
       <c r="B23" t="s">
         <v>174</v>
       </c>
       <c r="C23" t="s">
-        <v>664</v>
+        <v>662</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="2" t="s">
-        <v>665</v>
+        <v>663</v>
       </c>
       <c r="B24" t="s">
         <v>174</v>
       </c>
       <c r="C24" t="s">
-        <v>666</v>
+        <v>664</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="2" t="s">
-        <v>667</v>
+        <v>665</v>
       </c>
       <c r="B25" t="s">
         <v>174</v>
       </c>
       <c r="C25" t="s">
-        <v>668</v>
+        <v>666</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="2" t="s">
-        <v>669</v>
+        <v>667</v>
       </c>
       <c r="B26" t="s">
         <v>174</v>
       </c>
       <c r="C26" t="s">
-        <v>670</v>
+        <v>668</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="2" t="s">
-        <v>671</v>
+        <v>669</v>
       </c>
       <c r="B27" t="s">
         <v>174</v>
       </c>
       <c r="C27" t="s">
-        <v>672</v>
+        <v>670</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="2" t="s">
-        <v>673</v>
+        <v>671</v>
       </c>
       <c r="B28" t="s">
         <v>174</v>
       </c>
       <c r="C28" t="s">
-        <v>674</v>
+        <v>672</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="2" t="s">
-        <v>675</v>
+        <v>673</v>
       </c>
       <c r="B29" t="s">
         <v>174</v>
       </c>
       <c r="C29" t="s">
-        <v>676</v>
+        <v>674</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="2" t="s">
-        <v>677</v>
+        <v>675</v>
       </c>
       <c r="B30" t="s">
         <v>174</v>
       </c>
       <c r="C30" t="s">
-        <v>678</v>
+        <v>676</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="2" t="s">
-        <v>679</v>
+        <v>677</v>
       </c>
       <c r="B31" t="s">
         <v>174</v>
       </c>
       <c r="C31" t="s">
-        <v>680</v>
+        <v>678</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="2" t="s">
-        <v>681</v>
+        <v>679</v>
       </c>
       <c r="B32" t="s">
         <v>174</v>
       </c>
       <c r="C32" t="s">
-        <v>682</v>
+        <v>680</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="2" t="s">
-        <v>683</v>
+        <v>681</v>
       </c>
       <c r="B33" t="s">
         <v>174</v>
       </c>
       <c r="C33" t="s">
-        <v>684</v>
+        <v>682</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="2" t="s">
-        <v>685</v>
+        <v>683</v>
       </c>
       <c r="B34" t="s">
         <v>174</v>
       </c>
       <c r="C34" t="s">
-        <v>686</v>
+        <v>684</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="2" t="s">
-        <v>687</v>
+        <v>685</v>
       </c>
       <c r="B35" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="C35" t="s">
-        <v>688</v>
+        <v>686</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="2" t="s">
-        <v>689</v>
+        <v>687</v>
       </c>
       <c r="B36" t="s">
         <v>174</v>
       </c>
       <c r="C36" t="s">
-        <v>690</v>
+        <v>688</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="2" t="s">
+        <v>689</v>
+      </c>
+      <c r="B37" t="s">
+        <v>690</v>
+      </c>
+      <c r="C37" t="s">
         <v>691</v>
-      </c>
-[...4 lines deleted...]
-        <v>693</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="2" t="s">
-        <v>694</v>
+        <v>692</v>
       </c>
       <c r="B38" t="s">
         <v>356</v>
       </c>
       <c r="C38" t="s">
-        <v>695</v>
+        <v>693</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="2" t="s">
-        <v>696</v>
+        <v>694</v>
       </c>
       <c r="B39" t="s">
-        <v>563</v>
+        <v>561</v>
       </c>
       <c r="C39" t="s">
-        <v>697</v>
+        <v>695</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="2" t="s">
-        <v>698</v>
+        <v>696</v>
       </c>
       <c r="B40" t="s">
         <v>225</v>
       </c>
       <c r="C40" t="s">
-        <v>699</v>
+        <v>697</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="2" t="s">
+        <v>698</v>
+      </c>
+      <c r="B41" t="s">
+        <v>699</v>
+      </c>
+      <c r="C41" t="s">
         <v>700</v>
-      </c>
-[...4 lines deleted...]
-        <v>702</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="2" t="s">
+        <v>701</v>
+      </c>
+      <c r="B42" t="s">
+        <v>702</v>
+      </c>
+      <c r="C42" t="s">
         <v>703</v>
-      </c>
-[...4 lines deleted...]
-        <v>705</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="2" t="s">
+        <v>704</v>
+      </c>
+      <c r="B43" t="s">
+        <v>705</v>
+      </c>
+      <c r="C43" t="s">
         <v>706</v>
-      </c>
-[...4 lines deleted...]
-        <v>708</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="2" t="s">
+        <v>707</v>
+      </c>
+      <c r="B44" t="s">
+        <v>708</v>
+      </c>
+      <c r="C44" t="s">
         <v>709</v>
-      </c>
-[...4 lines deleted...]
-        <v>711</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="2" t="s">
-        <v>712</v>
+        <v>710</v>
       </c>
       <c r="B45" t="s">
-        <v>629</v>
+        <v>627</v>
       </c>
       <c r="C45" t="s">
-        <v>713</v>
+        <v>711</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="2" t="s">
-        <v>714</v>
+        <v>712</v>
       </c>
       <c r="B46" t="s">
-        <v>629</v>
+        <v>627</v>
       </c>
       <c r="C46" t="s">
-        <v>715</v>
+        <v>713</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="2" t="s">
-        <v>716</v>
+        <v>714</v>
       </c>
       <c r="B47" t="s">
         <v>225</v>
       </c>
       <c r="C47" t="s">
-        <v>717</v>
+        <v>715</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="2" t="s">
+        <v>716</v>
+      </c>
+      <c r="B48" t="s">
+        <v>717</v>
+      </c>
+      <c r="C48" t="s">
         <v>718</v>
-      </c>
-[...4 lines deleted...]
-        <v>720</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="2" t="s">
-        <v>721</v>
+        <v>719</v>
       </c>
       <c r="B49" t="s">
         <v>174</v>
       </c>
       <c r="C49" t="s">
-        <v>722</v>
+        <v>720</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="2" t="s">
-        <v>723</v>
+        <v>721</v>
       </c>
       <c r="B50" t="s">
-        <v>701</v>
+        <v>699</v>
       </c>
       <c r="C50" t="s">
-        <v>724</v>
+        <v>722</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="2" t="s">
-        <v>725</v>
+        <v>723</v>
       </c>
       <c r="B51" t="s">
-        <v>623</v>
+        <v>621</v>
       </c>
       <c r="C51" t="s">
-        <v>726</v>
+        <v>724</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="2" t="s">
-        <v>727</v>
+        <v>725</v>
       </c>
       <c r="B52" t="s">
-        <v>629</v>
+        <v>627</v>
       </c>
       <c r="C52" t="s">
-        <v>728</v>
+        <v>726</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="2" t="s">
-        <v>729</v>
+        <v>727</v>
       </c>
       <c r="B53" t="s">
         <v>174</v>
       </c>
       <c r="C53" t="s">
-        <v>730</v>
+        <v>728</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="2" t="s">
-        <v>731</v>
+        <v>729</v>
       </c>
       <c r="B54" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="C54" t="s">
-        <v>732</v>
+        <v>730</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="2" t="s">
+        <v>731</v>
+      </c>
+      <c r="B55" t="s">
+        <v>732</v>
+      </c>
+      <c r="C55" t="s">
         <v>733</v>
-      </c>
-[...4 lines deleted...]
-        <v>735</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="2" t="s">
-        <v>736</v>
+        <v>734</v>
       </c>
       <c r="B56" t="s">
         <v>174</v>
       </c>
       <c r="C56" t="s">
-        <v>737</v>
+        <v>735</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="2" t="s">
-        <v>738</v>
+        <v>736</v>
       </c>
       <c r="B57" t="s">
         <v>228</v>
       </c>
       <c r="C57" t="s">
-        <v>739</v>
+        <v>737</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="2" t="s">
+        <v>738</v>
+      </c>
+      <c r="B58" t="s">
+        <v>739</v>
+      </c>
+      <c r="C58" t="s">
         <v>740</v>
-      </c>
-[...4 lines deleted...]
-        <v>742</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="2" t="s">
-        <v>743</v>
+        <v>741</v>
       </c>
       <c r="B59" t="s">
         <v>225</v>
       </c>
       <c r="C59" t="s">
-        <v>744</v>
+        <v>742</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="2" t="s">
-        <v>745</v>
+        <v>743</v>
       </c>
       <c r="B60" t="s">
-        <v>639</v>
+        <v>637</v>
       </c>
       <c r="C60" t="s">
-        <v>746</v>
+        <v>744</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="2" t="s">
-        <v>747</v>
+        <v>745</v>
       </c>
       <c r="B61" t="s">
         <v>184</v>
       </c>
       <c r="C61" t="s">
-        <v>748</v>
+        <v>746</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="2" t="s">
-        <v>749</v>
+        <v>747</v>
       </c>
       <c r="B62" t="s">
-        <v>629</v>
+        <v>627</v>
       </c>
       <c r="C62" t="s">
-        <v>750</v>
+        <v>748</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="2" t="s">
-        <v>751</v>
+        <v>749</v>
       </c>
       <c r="B63" t="s">
-        <v>626</v>
+        <v>624</v>
       </c>
       <c r="C63" t="s">
-        <v>752</v>
+        <v>750</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="2" t="s">
-        <v>753</v>
+        <v>751</v>
       </c>
       <c r="B64" t="s">
         <v>225</v>
       </c>
       <c r="C64" t="s">
-        <v>754</v>
+        <v>752</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="2" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="B65" t="s">
-        <v>634</v>
+        <v>632</v>
       </c>
       <c r="C65" t="s">
-        <v>756</v>
+        <v>754</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="2" t="s">
-        <v>757</v>
+        <v>755</v>
       </c>
       <c r="B66" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="C66" t="s">
-        <v>758</v>
+        <v>756</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="2" t="s">
-        <v>759</v>
+        <v>757</v>
       </c>
       <c r="B67" t="s">
-        <v>626</v>
+        <v>624</v>
       </c>
       <c r="C67" t="s">
-        <v>760</v>
+        <v>758</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="2" t="s">
-        <v>761</v>
+        <v>759</v>
       </c>
       <c r="B68" t="s">
         <v>184</v>
       </c>
       <c r="C68" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="2" t="s">
+        <v>760</v>
+      </c>
+      <c r="B69" t="s">
+        <v>761</v>
+      </c>
+      <c r="C69" t="s">
         <v>762</v>
-      </c>
-[...4 lines deleted...]
-        <v>764</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="2" t="s">
-        <v>765</v>
+        <v>763</v>
       </c>
       <c r="B70" t="s">
-        <v>704</v>
+        <v>702</v>
       </c>
       <c r="C70" t="s">
-        <v>766</v>
+        <v>764</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="2" t="s">
-        <v>767</v>
+        <v>765</v>
       </c>
       <c r="B71" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="C71" t="s">
-        <v>768</v>
+        <v>766</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="2" t="s">
-        <v>769</v>
+        <v>767</v>
       </c>
       <c r="B72" t="s">
-        <v>563</v>
+        <v>561</v>
       </c>
       <c r="C72" t="s">
-        <v>770</v>
+        <v>768</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="2" t="s">
-        <v>771</v>
+        <v>769</v>
       </c>
       <c r="B73" t="s">
-        <v>741</v>
+        <v>739</v>
       </c>
       <c r="C73" t="s">
-        <v>772</v>
+        <v>770</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="2" t="s">
-        <v>773</v>
+        <v>771</v>
       </c>
       <c r="B74" t="s">
-        <v>734</v>
+        <v>732</v>
       </c>
       <c r="C74" t="s">
-        <v>774</v>
+        <v>772</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="2" t="s">
-        <v>775</v>
+        <v>773</v>
       </c>
       <c r="B75" t="s">
         <v>184</v>
       </c>
       <c r="C75" t="s">
-        <v>776</v>
+        <v>774</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="2" t="s">
-        <v>777</v>
+        <v>775</v>
       </c>
       <c r="B76" t="s">
         <v>184</v>
       </c>
       <c r="C76" t="s">
-        <v>778</v>
+        <v>776</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="2" t="s">
-        <v>779</v>
+        <v>777</v>
       </c>
       <c r="B77" t="s">
-        <v>629</v>
+        <v>627</v>
       </c>
       <c r="C77" t="s">
-        <v>780</v>
+        <v>778</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="2" t="s">
-        <v>781</v>
+        <v>779</v>
       </c>
       <c r="B78" t="s">
         <v>184</v>
       </c>
       <c r="C78" t="s">
-        <v>782</v>
+        <v>780</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="2" t="s">
+        <v>781</v>
+      </c>
+      <c r="B79" t="s">
+        <v>782</v>
+      </c>
+      <c r="C79" t="s">
         <v>783</v>
-      </c>
-[...4 lines deleted...]
-        <v>785</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="2" t="s">
-        <v>786</v>
+        <v>784</v>
       </c>
       <c r="B80" t="s">
-        <v>623</v>
+        <v>621</v>
       </c>
       <c r="C80" t="s">
-        <v>739</v>
+        <v>737</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="2" t="s">
-        <v>787</v>
+        <v>785</v>
       </c>
       <c r="B81" t="s">
-        <v>563</v>
+        <v>561</v>
       </c>
       <c r="C81" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="2" t="s">
-        <v>789</v>
+        <v>787</v>
       </c>
       <c r="B82" t="s">
-        <v>701</v>
+        <v>699</v>
       </c>
       <c r="C82" t="s">
-        <v>790</v>
+        <v>788</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="2" t="s">
-        <v>791</v>
+        <v>789</v>
       </c>
       <c r="B83" t="s">
-        <v>563</v>
+        <v>561</v>
       </c>
       <c r="C83" t="s">
-        <v>792</v>
+        <v>790</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="2" t="s">
-        <v>793</v>
+        <v>791</v>
       </c>
       <c r="B84" t="s">
         <v>228</v>
       </c>
       <c r="C84" t="s">
-        <v>794</v>
+        <v>792</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="2" t="s">
-        <v>795</v>
+        <v>793</v>
       </c>
       <c r="B85" t="s">
         <v>174</v>
       </c>
       <c r="C85" t="s">
-        <v>796</v>
+        <v>794</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="2" t="s">
-        <v>797</v>
+        <v>795</v>
       </c>
       <c r="B86" t="s">
-        <v>701</v>
+        <v>699</v>
       </c>
       <c r="C86" t="s">
-        <v>798</v>
+        <v>796</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="2" t="s">
+        <v>797</v>
+      </c>
+      <c r="B87" t="s">
+        <v>798</v>
+      </c>
+      <c r="C87" t="s">
         <v>799</v>
-      </c>
-[...4 lines deleted...]
-        <v>801</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="2" t="s">
+        <v>800</v>
+      </c>
+      <c r="B88" t="s">
+        <v>801</v>
+      </c>
+      <c r="C88" t="s">
         <v>802</v>
-      </c>
-[...4 lines deleted...]
-        <v>804</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:C88"/>
   <hyperlinks>
     <hyperlink ref="A2" r:id="rId1"/>
     <hyperlink ref="A3" r:id="rId2"/>
     <hyperlink ref="A4" r:id="rId3"/>
     <hyperlink ref="A5" r:id="rId4"/>
     <hyperlink ref="A6" r:id="rId5"/>
     <hyperlink ref="A7" r:id="rId6"/>
     <hyperlink ref="A8" r:id="rId7"/>
     <hyperlink ref="A9" r:id="rId8"/>
     <hyperlink ref="A10" r:id="rId9"/>
     <hyperlink ref="A11" r:id="rId10"/>
     <hyperlink ref="A12" r:id="rId11"/>
     <hyperlink ref="A13" r:id="rId12"/>
     <hyperlink ref="A14" r:id="rId13"/>
     <hyperlink ref="A15" r:id="rId14"/>
     <hyperlink ref="A16" r:id="rId15"/>
     <hyperlink ref="A17" r:id="rId16"/>
     <hyperlink ref="A18" r:id="rId17"/>
     <hyperlink ref="A19" r:id="rId18"/>
     <hyperlink ref="A20" r:id="rId19"/>
     <hyperlink ref="A21" r:id="rId20"/>