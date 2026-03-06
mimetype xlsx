--- v0 (2025-10-17)
+++ v1 (2026-03-06)
@@ -258,51 +258,51 @@
   <si>
     <t>1500000</t>
   </si>
   <si>
     <t>P3321</t>
   </si>
   <si>
     <t>1995</t>
   </si>
   <si>
     <t>Known Kimberlites of Eastern Ontario</t>
   </si>
   <si>
     <t>50000</t>
   </si>
   <si>
     <t>P3533</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
     <t>Tectonometamorphic Map of Ontario</t>
   </si>
   <si>
-    <t>500000,500000</t>
+    <t>500000</t>
   </si>
   <si>
     <t>M2190</t>
   </si>
   <si>
     <t>1970</t>
   </si>
   <si>
     <t>Ontario geology and principal minerals</t>
   </si>
   <si>
     <t>4224000</t>
   </si>
   <si>
     <t>M2196</t>
   </si>
   <si>
     <t>1971</t>
   </si>
   <si>
     <t>Ontario geological map, explanatory text, legend, diagrams, title, scale</t>
   </si>
   <si>
     <t>M1927A</t>
   </si>